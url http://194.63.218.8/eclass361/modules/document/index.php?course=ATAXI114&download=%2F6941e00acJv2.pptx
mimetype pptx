--- v0 (2025-12-27)
+++ v1 (2026-02-20)
@@ -2,81 +2,85 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="259" r:id="rId3"/>
     <p:sldId id="271" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="262" r:id="rId6"/>
     <p:sldId id="263" r:id="rId7"/>
     <p:sldId id="261" r:id="rId8"/>
     <p:sldId id="264" r:id="rId9"/>
     <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="272" r:id="rId11"/>
+    <p:sldId id="273" r:id="rId12"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -152,76 +156,76 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="95" d="100"/>
-          <a:sy n="95" d="100"/>
+          <a:sx n="82" d="100"/>
+          <a:sy n="82" d="100"/>
         </p:scale>
-        <p:origin x="-1522" y="-77"/>
+        <p:origin x="-1474" y="-91"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -393,51 +397,51 @@
               <a:rPr kumimoji="0" lang="el-GR" smtClean="0"/>
               <a:t>Κάντε κλικ για να επεξεργαστείτε τον υπότιτλο του υποδείγματος</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="29 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="18 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -560,51 +564,51 @@
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="3 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -737,51 +741,51 @@
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="3 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -904,51 +908,51 @@
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="3 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1143,51 +1147,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="el-GR" smtClean="0"/>
               <a:t>Kλικ για επεξεργασία των στυλ του υποδείγματος</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="3 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1409,51 +1413,51 @@
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="5 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1789,51 +1793,51 @@
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="6 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="7 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1941,51 +1945,51 @@
               <a:rPr kumimoji="0" lang="el-GR" smtClean="0"/>
               <a:t>Kλικ για επεξεργασία του τίτλου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="2 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="3 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2033,51 +2037,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="1 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="2 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2296,51 +2300,51 @@
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="5 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2586,51 +2590,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="el-GR" smtClean="0"/>
               <a:t>Kλικ για επεξεργασία των στυλ του υποδείγματος</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="4 - Θέση ημερομηνίας"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="5 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3381,51 +3385,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr kumimoji="0" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:shade val="90000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{47C9B81F-C347-4BEF-BFDF-29C42F48304A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/17/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:shade val="90000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="21 - Θέση υποσέλιδου"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2667000" y="6356350"/>
             <a:ext cx="3352800" cy="365125"/>
@@ -4006,50 +4010,58 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4160,50 +4172,303 @@
               </a:rPr>
               <a:t>Εφαρμογές Πληροφορικής Α’ ΕΠΑΛ</a:t>
             </a:r>
             <a:endParaRPr lang="el-GR" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="1 - Τίτλος"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500034" y="500042"/>
+            <a:ext cx="8229600" cy="785818"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" b="1" dirty="0" smtClean="0"/>
+              <a:t>13. Εφαρμογές νέφους</a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="2 - Θέση περιεχομένου"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428596" y="1785926"/>
+            <a:ext cx="8258204" cy="4538674"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>     </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>Η </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>οικονομία κλίμακας </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>επιτρέπει παροχή </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>των</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>εφαρμογών </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>με μικρότερο κόστος σε χρήστες και εταιρείες, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>σε σχέση με το κόστος που θα έπρεπε να καταβάλλουν, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>για να </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>αγοράσουν</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>διαχειριστούν</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t> και </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>χρησιμοποιήσουν</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t> τον απαραίτητο εξοπλισμό και λογισμικό, προκειμένου να επιτύχουν το ίδιο αποτέλεσμα.</a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="1 - Τίτλος"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500034" y="500042"/>
+            <a:ext cx="8229600" cy="785818"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" b="1" dirty="0" smtClean="0"/>
+              <a:t>13. Εφαρμογές νέφους</a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="2 - Θέση περιεχομένου"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428596" y="1785926"/>
+            <a:ext cx="8258204" cy="4538674"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>Με </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" dirty="0" smtClean="0"/>
+              <a:t>βάση τα παραπάνω γίνεται φανερό ότι </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>οι εφαρμογές νέφους επιτυγχάνουν οικονομία κλίμακας</a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" sz="3200" b="1" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="1 - Τίτλος"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -5269,79 +5534,81 @@
             <a:duotone>
               <a:schemeClr val="phClr">
                 <a:shade val="90000"/>
                 <a:satMod val="150000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:tint val="88000"/>
                 <a:satMod val="150000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="65000" sy="65000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Flow</Template>
   <TotalTime></TotalTime>
-  <Words>215</Words>
+  <Words>270</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Προβολή στην οθόνη (4:3)</PresentationFormat>
-  <Paragraphs>20</Paragraphs>
-  <Slides>9</Slides>
+  <Paragraphs>25</Paragraphs>
+  <Slides>11</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Θέμα</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Τίτλοι διαφανειών</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Flow</vt:lpstr>
       <vt:lpstr>Εφαρμογές νέφους</vt:lpstr>
+      <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
+      <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
       <vt:lpstr>13. Εφαρμογές νέφους</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Εφαρμογές νέφους</dc:title>
   <dc:creator>Chara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>